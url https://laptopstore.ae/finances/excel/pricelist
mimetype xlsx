--- v0 (2026-01-10)
+++ v1 (2026-03-10)
@@ -2,66 +2,66 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Price for 10_01_2026_08_58_56" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Price for 10_03_2026_07_39_57" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="n_1">{"","одинz","дваz","триz","четыреz","пятьz","шестьz","семьz","восемьz","девятьz"}</definedName>
     <definedName name="n_2">{"десятьz","одиннадцатьz","двенадцатьz","тринадцатьz","четырнадцатьz","пятнадцатьz","шестнадцатьz","семнадцатьz","восемнадцатьz","девятнадцатьz"}</definedName>
     <definedName name="n_3">{"";1;"двадцатьz";"тридцатьz";"сорокz";"пятьдесятz";"шестьдесятz";"семьдесятz";"восемьдесятz";"девяностоz"}</definedName>
     <definedName name="n_4">{"","стоz","двестиz","тристаz","четырестаz","пятьсотz","шестьсотz","семьсотz","восемьсотz","девятьсотz"}</definedName>
     <definedName name="n_5">{"","однаz","двеz","триz","четыреz","пятьz","шестьz","семьz","восемьz","девятьz"}</definedName>
     <definedName name="n0">"000000000000"&amp;MID(1/2,2,1)&amp;"00"</definedName>
     <definedName name="n0x">IF(n_3=1,n_2,n_3&amp;n_1)</definedName>
     <definedName name="n1x">IF(n_3=1,n_2,n_3&amp;n_5)</definedName>
     <definedName name="аыа">{0,"овz";1,"z";2,"аz";5,"овz"}</definedName>
     <definedName name="мил">{0,"овz";1,"z";2,"аz";5,"овz"}</definedName>
     <definedName name="тыс">{0,"тысячz";1,"тысячаz";2,"тысячиz";5,"тысячz"}</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price for 10_01_2026_08_58_56'!$A$5:$J$10005</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Price for 10_01_2026_08_58_56'!$A$5:$H$505</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price for 10_03_2026_07_39_57'!$A$5:$J$10005</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Price for 10_03_2026_07_39_57'!$A$5:$H$505</definedName>
   </definedNames>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$AED]\ #,##0.00"/>
   </numFmts>
   <fonts count="10">
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <sz val="8"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <sz val="8"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <sz val="8"/>